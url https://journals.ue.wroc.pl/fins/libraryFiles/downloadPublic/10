--- v0 (2025-10-06)
+++ v1 (2026-01-06)
@@ -5298,262 +5298,91 @@
       <w:r>
         <w:t>(Dz. U.</w:t>
       </w:r>
       <w:r w:rsidR="00736114">
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 2004</w:t>
       </w:r>
       <w:r w:rsidR="00736114">
         <w:t xml:space="preserve"> r.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD5293">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00573253">
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD5293">
         <w:t>r 14, poz. 114 ze zm.</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51269719" w14:textId="77777777" w:rsidR="0069701C" w:rsidRPr="002F3D14" w:rsidRDefault="0069701C" w:rsidP="0069701C">
-[...170 lines deleted...]
-    <w:sectPr w:rsidR="00DA040E" w:rsidRPr="00976DD6" w:rsidSect="00424D2B">
+    <w:sectPr w:rsidR="00DA040E" w:rsidSect="00424D2B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B919DFE" w14:textId="77777777" w:rsidR="00870EED" w:rsidRDefault="00870EED" w:rsidP="00DC080E">
+    <w:p w14:paraId="0E358D93" w14:textId="77777777" w:rsidR="00E77C51" w:rsidRDefault="00E77C51" w:rsidP="00DC080E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03AD8B24" w14:textId="77777777" w:rsidR="00870EED" w:rsidRDefault="00870EED" w:rsidP="00DC080E">
+    <w:p w14:paraId="02F44BC2" w14:textId="77777777" w:rsidR="00E77C51" w:rsidRDefault="00E77C51" w:rsidP="00DC080E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -5567,69 +5396,69 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FE2248F" w14:textId="77777777" w:rsidR="00870EED" w:rsidRDefault="00870EED" w:rsidP="00DC080E">
+    <w:p w14:paraId="138E863B" w14:textId="77777777" w:rsidR="00E77C51" w:rsidRDefault="00E77C51" w:rsidP="00DC080E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2611A8A5" w14:textId="77777777" w:rsidR="00870EED" w:rsidRDefault="00870EED" w:rsidP="00DC080E">
+    <w:p w14:paraId="34D7F759" w14:textId="77777777" w:rsidR="00E77C51" w:rsidRDefault="00E77C51" w:rsidP="00DC080E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="7E9E106F" w14:textId="77777777" w:rsidR="00B9427B" w:rsidRDefault="00B9427B" w:rsidP="00B9427B">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
         </w:tabs>
         <w:ind w:left="340" w:hanging="340"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Footnote example </w:t>
       </w:r>
     </w:p>
@@ -6189,51 +6018,51 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1094205387">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1485778501">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1551990565">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1375226691">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1685012878">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1958246799">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="171"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E54298"/>
     <w:rsid w:val="0000465F"/>
@@ -6278,50 +6107,51 @@
     <w:rsid w:val="002A7781"/>
     <w:rsid w:val="002C3F24"/>
     <w:rsid w:val="002D7F80"/>
     <w:rsid w:val="002E0479"/>
     <w:rsid w:val="002E63D6"/>
     <w:rsid w:val="00306C1E"/>
     <w:rsid w:val="00321865"/>
     <w:rsid w:val="00336278"/>
     <w:rsid w:val="003418D4"/>
     <w:rsid w:val="00357AF9"/>
     <w:rsid w:val="003638C5"/>
     <w:rsid w:val="0036556E"/>
     <w:rsid w:val="00374573"/>
     <w:rsid w:val="00395226"/>
     <w:rsid w:val="003A0A56"/>
     <w:rsid w:val="003A7D4F"/>
     <w:rsid w:val="003C1A14"/>
     <w:rsid w:val="003C211D"/>
     <w:rsid w:val="003C34F6"/>
     <w:rsid w:val="003E57A9"/>
     <w:rsid w:val="0040132D"/>
     <w:rsid w:val="004170EE"/>
     <w:rsid w:val="00424D2B"/>
     <w:rsid w:val="0043792D"/>
     <w:rsid w:val="00442E5B"/>
+    <w:rsid w:val="00447E19"/>
     <w:rsid w:val="0046120B"/>
     <w:rsid w:val="004723A2"/>
     <w:rsid w:val="00472E5F"/>
     <w:rsid w:val="004C521C"/>
     <w:rsid w:val="004C68DD"/>
     <w:rsid w:val="004E1CCC"/>
     <w:rsid w:val="004E308A"/>
     <w:rsid w:val="004E5191"/>
     <w:rsid w:val="004F77FF"/>
     <w:rsid w:val="005141FD"/>
     <w:rsid w:val="00517F52"/>
     <w:rsid w:val="00530099"/>
     <w:rsid w:val="005347A2"/>
     <w:rsid w:val="00547AF2"/>
     <w:rsid w:val="00551037"/>
     <w:rsid w:val="0055584A"/>
     <w:rsid w:val="005624E0"/>
     <w:rsid w:val="00573253"/>
     <w:rsid w:val="005A5E8A"/>
     <w:rsid w:val="005B2CFF"/>
     <w:rsid w:val="005D0214"/>
     <w:rsid w:val="005D4BC2"/>
     <w:rsid w:val="005D7FEF"/>
     <w:rsid w:val="005E4DA1"/>
     <w:rsid w:val="005E52C0"/>
@@ -6397,84 +6227,86 @@
     <w:rsid w:val="009F0B28"/>
     <w:rsid w:val="009F0C01"/>
     <w:rsid w:val="00A078A5"/>
     <w:rsid w:val="00A2465E"/>
     <w:rsid w:val="00A529F1"/>
     <w:rsid w:val="00A546AB"/>
     <w:rsid w:val="00A560DE"/>
     <w:rsid w:val="00A57F1E"/>
     <w:rsid w:val="00A6692B"/>
     <w:rsid w:val="00A71855"/>
     <w:rsid w:val="00A93E3C"/>
     <w:rsid w:val="00A941DC"/>
     <w:rsid w:val="00A9507E"/>
     <w:rsid w:val="00AA7C7B"/>
     <w:rsid w:val="00AC0AEC"/>
     <w:rsid w:val="00B1490C"/>
     <w:rsid w:val="00B26E95"/>
     <w:rsid w:val="00B36F88"/>
     <w:rsid w:val="00B41B94"/>
     <w:rsid w:val="00B83929"/>
     <w:rsid w:val="00B90285"/>
     <w:rsid w:val="00B9408A"/>
     <w:rsid w:val="00B9427B"/>
     <w:rsid w:val="00BA22A7"/>
     <w:rsid w:val="00BA575C"/>
+    <w:rsid w:val="00BC4336"/>
     <w:rsid w:val="00C01521"/>
     <w:rsid w:val="00C0579C"/>
     <w:rsid w:val="00C1184D"/>
     <w:rsid w:val="00C15F98"/>
     <w:rsid w:val="00C26573"/>
     <w:rsid w:val="00C31018"/>
     <w:rsid w:val="00C522DE"/>
     <w:rsid w:val="00C53085"/>
     <w:rsid w:val="00C74203"/>
     <w:rsid w:val="00C8637F"/>
     <w:rsid w:val="00CA6E9A"/>
     <w:rsid w:val="00CB4860"/>
     <w:rsid w:val="00CC09BE"/>
     <w:rsid w:val="00CE2822"/>
     <w:rsid w:val="00D17459"/>
     <w:rsid w:val="00D50A50"/>
     <w:rsid w:val="00D52416"/>
     <w:rsid w:val="00D73828"/>
     <w:rsid w:val="00D80BA3"/>
     <w:rsid w:val="00D92F03"/>
     <w:rsid w:val="00D956ED"/>
     <w:rsid w:val="00DA040E"/>
     <w:rsid w:val="00DA1BA1"/>
     <w:rsid w:val="00DA2144"/>
     <w:rsid w:val="00DA31C6"/>
     <w:rsid w:val="00DC080E"/>
     <w:rsid w:val="00DD2412"/>
     <w:rsid w:val="00DF0B04"/>
     <w:rsid w:val="00DF675E"/>
     <w:rsid w:val="00E25084"/>
     <w:rsid w:val="00E32E86"/>
     <w:rsid w:val="00E54298"/>
     <w:rsid w:val="00E63BD6"/>
     <w:rsid w:val="00E682F1"/>
+    <w:rsid w:val="00E77C51"/>
     <w:rsid w:val="00E80D66"/>
     <w:rsid w:val="00E90F42"/>
     <w:rsid w:val="00E91380"/>
     <w:rsid w:val="00EB260F"/>
     <w:rsid w:val="00EB276B"/>
     <w:rsid w:val="00EC441F"/>
     <w:rsid w:val="00EC5501"/>
     <w:rsid w:val="00EC5B3B"/>
     <w:rsid w:val="00EF610F"/>
     <w:rsid w:val="00EF6F0A"/>
     <w:rsid w:val="00F12FAD"/>
     <w:rsid w:val="00F272EB"/>
     <w:rsid w:val="00F301F0"/>
     <w:rsid w:val="00F36F57"/>
     <w:rsid w:val="00F5398E"/>
     <w:rsid w:val="00F724E0"/>
     <w:rsid w:val="00F87E6E"/>
     <w:rsid w:val="00FA3C6A"/>
     <w:rsid w:val="00FC6322"/>
     <w:rsid w:val="00FD6A58"/>
     <w:rsid w:val="00FE6B4B"/>
     <w:rsid w:val="00FF123B"/>
     <w:rsid w:val="00FF5C25"/>
     <w:rsid w:val="02320E1C"/>
     <w:rsid w:val="027F18C9"/>
@@ -9753,54 +9585,54 @@
   </a:fmtScheme>
 </a:themeOverride>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E16002B9-2BCF-4470-9BB5-2E7602AFA5D5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1036</Words>
-  <Characters>6222</Characters>
+  <Words>820</Words>
+  <Characters>5525</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7244</CharactersWithSpaces>
+  <CharactersWithSpaces>6302</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kamil Janeda</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>